--- v0 (2025-12-18)
+++ v1 (2026-02-01)
@@ -216,107 +216,107 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aluminium wykończone epoksydem w kolorze antracytowy metalik zapewnia odpowiedni kontrast z jasną ścianą.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Powłoka antybakteryjna: optymalna ochrona przed rozwojem bakterii.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Jednolita powierzchnia ułatwia czyszczenie i utrzymanie higieny.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38 mm odległości między ścianą a poręczą: minimalny prześwit uniemożliwiający wpadnięcie i zaklinowanie przedramienia, aby uniknąć złamania w razie upadku.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Niewidoczne mocowania.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Produkt dostarczany ze śrubami z Inoxu Ø8 x 70 mm do ścian betonowych.
-</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Powłoka antybakteryjna: optymalna ochrona przed rozwojem bakterii.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wymiary: 1 130 x 695 x 695 mm.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>